--- v0 (2025-10-21)
+++ v1 (2025-11-15)
@@ -12,212 +12,215 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>HEDG</t>
   </si>
   <si>
     <t>% Of Net Assets</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Ticker</t>
   </si>
   <si>
     <t>CUSIP</t>
   </si>
   <si>
     <t>Share Held</t>
   </si>
   <si>
     <t>Market Value</t>
   </si>
   <si>
-    <t xml:space="preserve">58.78 </t>
+    <t xml:space="preserve">55.66 </t>
   </si>
   <si>
     <t>SPDR S&amp;P 500 ETF Trust</t>
   </si>
   <si>
     <t>SPY</t>
   </si>
   <si>
     <t>78462F103</t>
   </si>
   <si>
-    <t>254,000</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">38.55 </t>
+    <t>265,000</t>
+  </si>
+  <si>
+    <t>178,061,450.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">41.16 </t>
   </si>
   <si>
     <t>iShares Core S&amp;P 500 ETF</t>
   </si>
   <si>
     <t>IVV</t>
   </si>
   <si>
-    <t>165,800</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">5.12 </t>
+    <t>195,000</t>
+  </si>
+  <si>
+    <t>131,685,450.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5.93 </t>
   </si>
   <si>
     <t>U.S. Bank Money Market Deposit Account 08/01/2031</t>
   </si>
   <si>
     <t>USBFS04</t>
   </si>
   <si>
     <t>8AMMF0A92</t>
   </si>
   <si>
-    <t>14,846,039</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">0.69 </t>
+    <t>18,959,071</t>
+  </si>
+  <si>
+    <t>18,959,070.78</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.63 </t>
   </si>
   <si>
     <t>Clearshares Ultra-Short Maturity ETF</t>
   </si>
   <si>
     <t>OPER</t>
   </si>
   <si>
     <t>26922A453</t>
   </si>
   <si>
     <t>20,000</t>
   </si>
   <si>
-    <t>2,006,000.00</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">0.39 </t>
+    <t>2,003,400.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.28 </t>
   </si>
   <si>
     <t>SPY US 12/31/25 P640</t>
   </si>
   <si>
     <t>SPY   251231P00640000</t>
   </si>
   <si>
     <t>1,350</t>
   </si>
   <si>
-    <t>1,140,075.00</t>
+    <t>884,250.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.11 </t>
+  </si>
+  <si>
+    <t>SPY US 12/31/25 P600</t>
+  </si>
+  <si>
+    <t>SPY   251231P00600000</t>
+  </si>
+  <si>
+    <t>-1,350</t>
+  </si>
+  <si>
+    <t>-366,525.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.34 </t>
   </si>
   <si>
     <t>Cash &amp; Other</t>
   </si>
   <si>
     <t>Cash&amp;Other</t>
   </si>
   <si>
-    <t>1,123,393</t>
-[...20 lines deleted...]
-    <t xml:space="preserve">-1.27 </t>
+    <t>-1,087,851</t>
+  </si>
+  <si>
+    <t>-1,087,851.11</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.12 </t>
   </si>
   <si>
     <t>IVV US 12/19/25 C670</t>
   </si>
   <si>
     <t>IVV   251219C00670000</t>
   </si>
   <si>
-    <t>-1,658</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">-2.45 </t>
+    <t>-1,950</t>
+  </si>
+  <si>
+    <t>-3,578,250.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-2.07 </t>
   </si>
   <si>
     <t>SPY US 12/31/25 C660</t>
   </si>
   <si>
     <t>SPY   251231C00660000</t>
   </si>
   <si>
-    <t>-2,540</t>
-[...2 lines deleted...]
-    <t>-7,120,890.00</t>
+    <t>-2,650</t>
+  </si>
+  <si>
+    <t>-6,638,250.00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -670,126 +673,126 @@
         <v>29</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="2" t="s">
         <v>30</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>32</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>33</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="2" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D9" s="2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E9" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D10" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E10" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D11" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E11" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D12" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E12" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>