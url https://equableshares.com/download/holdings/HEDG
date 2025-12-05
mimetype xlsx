--- v1 (2025-11-15)
+++ v2 (2025-12-05)
@@ -35,192 +35,192 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>HEDG</t>
   </si>
   <si>
     <t>% Of Net Assets</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Ticker</t>
   </si>
   <si>
     <t>CUSIP</t>
   </si>
   <si>
     <t>Share Held</t>
   </si>
   <si>
     <t>Market Value</t>
   </si>
   <si>
-    <t xml:space="preserve">55.66 </t>
+    <t xml:space="preserve">56.29 </t>
   </si>
   <si>
     <t>SPDR S&amp;P 500 ETF Trust</t>
   </si>
   <si>
     <t>SPY</t>
   </si>
   <si>
     <t>78462F103</t>
   </si>
   <si>
-    <t>265,000</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">41.16 </t>
+    <t>275,000</t>
+  </si>
+  <si>
+    <t>188,207,250.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">41.14 </t>
   </si>
   <si>
     <t>iShares Core S&amp;P 500 ETF</t>
   </si>
   <si>
     <t>IVV</t>
   </si>
   <si>
-    <t>195,000</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">5.93 </t>
+    <t>200,000</t>
+  </si>
+  <si>
+    <t>137,570,000.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5.31 </t>
   </si>
   <si>
     <t>U.S. Bank Money Market Deposit Account 08/01/2031</t>
   </si>
   <si>
     <t>USBFS04</t>
   </si>
   <si>
     <t>8AMMF0A92</t>
   </si>
   <si>
-    <t>18,959,071</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">0.63 </t>
+    <t>17,743,031</t>
+  </si>
+  <si>
+    <t>17,743,031.31</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.60 </t>
   </si>
   <si>
     <t>Clearshares Ultra-Short Maturity ETF</t>
   </si>
   <si>
     <t>OPER</t>
   </si>
   <si>
     <t>26922A453</t>
   </si>
   <si>
     <t>20,000</t>
   </si>
   <si>
-    <t>2,003,400.00</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">0.28 </t>
+    <t>2,001,000.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.14 </t>
+  </si>
+  <si>
+    <t>Cash &amp; Other</t>
+  </si>
+  <si>
+    <t>Cash&amp;Other</t>
+  </si>
+  <si>
+    <t>457,108</t>
+  </si>
+  <si>
+    <t>457,107.61</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.07 </t>
   </si>
   <si>
     <t>SPY US 12/31/25 P640</t>
   </si>
   <si>
     <t>SPY   251231P00640000</t>
   </si>
   <si>
-    <t>1,350</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">-0.11 </t>
+    <t>1,400</t>
+  </si>
+  <si>
+    <t>236,600.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.02 </t>
   </si>
   <si>
     <t>SPY US 12/31/25 P600</t>
   </si>
   <si>
     <t>SPY   251231P00600000</t>
   </si>
   <si>
-    <t>-1,350</t>
-[...20 lines deleted...]
-    <t xml:space="preserve">-1.12 </t>
+    <t>-1,400</t>
+  </si>
+  <si>
+    <t>-80,500.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.21 </t>
   </si>
   <si>
     <t>IVV US 12/19/25 C670</t>
   </si>
   <si>
     <t>IVV   251219C00670000</t>
   </si>
   <si>
-    <t>-1,950</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">-2.07 </t>
+    <t>-2,000</t>
+  </si>
+  <si>
+    <t>-4,050,000.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-2.31 </t>
   </si>
   <si>
     <t>SPY US 12/31/25 C660</t>
   </si>
   <si>
     <t>SPY   251231C00660000</t>
   </si>
   <si>
-    <t>-2,650</t>
-[...2 lines deleted...]
-    <t>-6,638,250.00</t>
+    <t>-2,750</t>
+  </si>
+  <si>
+    <t>-7,720,625.00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>