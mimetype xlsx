--- v2 (2025-12-05)
+++ v3 (2026-01-14)
@@ -12,215 +12,224 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>HEDG</t>
   </si>
   <si>
     <t>% Of Net Assets</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Ticker</t>
   </si>
   <si>
     <t>CUSIP</t>
   </si>
   <si>
     <t>Share Held</t>
   </si>
   <si>
     <t>Market Value</t>
   </si>
   <si>
-    <t xml:space="preserve">56.29 </t>
+    <t xml:space="preserve">51.86 </t>
   </si>
   <si>
     <t>SPDR S&amp;P 500 ETF Trust</t>
   </si>
   <si>
     <t>SPY</t>
   </si>
   <si>
     <t>78462F103</t>
   </si>
   <si>
     <t>275,000</t>
   </si>
   <si>
-    <t>188,207,250.00</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">41.14 </t>
+    <t>190,786,750.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">44.51 </t>
   </si>
   <si>
     <t>iShares Core S&amp;P 500 ETF</t>
   </si>
   <si>
     <t>IVV</t>
   </si>
   <si>
-    <t>200,000</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">5.31 </t>
+    <t>235,000</t>
+  </si>
+  <si>
+    <t>163,764,450.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4.20 </t>
   </si>
   <si>
     <t>U.S. Bank Money Market Deposit Account 08/01/2031</t>
   </si>
   <si>
     <t>USBFS04</t>
   </si>
   <si>
     <t>8AMMF0A92</t>
   </si>
   <si>
-    <t>17,743,031</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">0.60 </t>
+    <t>15,462,760</t>
+  </si>
+  <si>
+    <t>15,462,760.16</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2.95 </t>
+  </si>
+  <si>
+    <t>Cash &amp; Other</t>
+  </si>
+  <si>
+    <t>Cash&amp;Other</t>
+  </si>
+  <si>
+    <t>10,867,689</t>
+  </si>
+  <si>
+    <t>10,867,688.70</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.54 </t>
   </si>
   <si>
     <t>Clearshares Ultra-Short Maturity ETF</t>
   </si>
   <si>
     <t>OPER</t>
   </si>
   <si>
     <t>26922A453</t>
   </si>
   <si>
     <t>20,000</t>
   </si>
   <si>
-    <t>2,001,000.00</t>
-[...68 lines deleted...]
-    <t>SPY   251231C00660000</t>
+    <t>2,002,900.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.30 </t>
+  </si>
+  <si>
+    <t>SPY US 03/31/26 P655</t>
+  </si>
+  <si>
+    <t>SPY   260331P00655000</t>
+  </si>
+  <si>
+    <t>1,500</t>
+  </si>
+  <si>
+    <t>1,119,750.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.00 </t>
+  </si>
+  <si>
+    <t>Dreyfus Government Cash Management 12/31/2031</t>
+  </si>
+  <si>
+    <t>DGCXX</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.15 </t>
+  </si>
+  <si>
+    <t>SPY US 03/31/26 P615</t>
+  </si>
+  <si>
+    <t>SPY   260331P00615000</t>
+  </si>
+  <si>
+    <t>-1,500</t>
+  </si>
+  <si>
+    <t>-558,000.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.98 </t>
+  </si>
+  <si>
+    <t>IVV US 03/20/26 C680</t>
+  </si>
+  <si>
+    <t>IVV   260320C00680000</t>
+  </si>
+  <si>
+    <t>-2,350</t>
+  </si>
+  <si>
+    <t>-7,296,750.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-2.24 </t>
+  </si>
+  <si>
+    <t>SPY US 03/31/26 C680</t>
+  </si>
+  <si>
+    <t>SPY   260331C00680000</t>
   </si>
   <si>
     <t>-2,750</t>
   </si>
   <si>
-    <t>-7,720,625.00</t>
+    <t>-8,254,125.00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -530,54 +539,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F12"/>
+  <dimension ref="A1:F13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A3" sqref="A3:F12"/>
+      <selection activeCell="A3" sqref="A3:F13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="2" t="s">
@@ -642,157 +651,177 @@
       </c>
       <c r="C6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>26</v>
       </c>
       <c r="D7" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E7" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="E7" s="2" t="s">
+      <c r="F7" s="2" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="B8" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="B8" s="2" t="s">
+      <c r="C8" s="2" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>32</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>33</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>36</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>37</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="2" t="s">
         <v>40</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>41</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>42</v>
       </c>
-      <c r="D10" s="2" t="s">
-[...6 lines deleted...]
-        <v>44</v>
+      <c r="D10" s="2">
+        <v>262006208</v>
+      </c>
+      <c r="E10" s="2">
+        <v>1</v>
+      </c>
+      <c r="F10" s="2">
+        <v>1.34</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="B11" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="C11" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="B11" s="2" t="s">
+      <c r="D11" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="E11" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="C11" s="2" t="s">
+      <c r="F11" s="2" t="s">
         <v>47</v>
-      </c>
-[...7 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="B12" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="C12" s="2" t="s">
         <v>50</v>
       </c>
-      <c r="B12" s="2" t="s">
+      <c r="D12" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="E12" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="C12" s="2" t="s">
+      <c r="F12" s="2" t="s">
         <v>52</v>
       </c>
-      <c r="D12" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E12" s="2" t="s">
+    </row>
+    <row r="13" spans="1:6">
+      <c r="A13" s="2" t="s">
         <v>53</v>
       </c>
-      <c r="F12" s="2" t="s">
+      <c r="B13" s="2" t="s">
         <v>54</v>
+      </c>
+      <c r="C13" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="E13" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="F13" s="2" t="s">
+        <v>57</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>