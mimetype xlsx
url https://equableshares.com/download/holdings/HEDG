--- v3 (2026-01-14)
+++ v4 (2026-02-04)
@@ -35,201 +35,201 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>HEDG</t>
   </si>
   <si>
     <t>% Of Net Assets</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Ticker</t>
   </si>
   <si>
     <t>CUSIP</t>
   </si>
   <si>
     <t>Share Held</t>
   </si>
   <si>
     <t>Market Value</t>
   </si>
   <si>
-    <t xml:space="preserve">51.86 </t>
-[...2 lines deleted...]
-    <t>SPDR S&amp;P 500 ETF Trust</t>
+    <t xml:space="preserve">50.32 </t>
+  </si>
+  <si>
+    <t>State Street SPDR S&amp;P 500 ETF Trust</t>
   </si>
   <si>
     <t>SPY</t>
   </si>
   <si>
     <t>78462F103</t>
   </si>
   <si>
     <t>275,000</t>
   </si>
   <si>
-    <t>190,786,750.00</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">44.51 </t>
+    <t>189,620,750.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">46.87 </t>
   </si>
   <si>
     <t>iShares Core S&amp;P 500 ETF</t>
   </si>
   <si>
     <t>IVV</t>
   </si>
   <si>
-    <t>235,000</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">4.20 </t>
+    <t>255,000</t>
+  </si>
+  <si>
+    <t>176,605,350.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5.59 </t>
   </si>
   <si>
     <t>U.S. Bank Money Market Deposit Account 08/01/2031</t>
   </si>
   <si>
     <t>USBFS04</t>
   </si>
   <si>
     <t>8AMMF0A92</t>
   </si>
   <si>
-    <t>15,462,760</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">2.95 </t>
+    <t>21,081,603</t>
+  </si>
+  <si>
+    <t>21,081,602.71</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.53 </t>
+  </si>
+  <si>
+    <t>Clearshares Ultra-Short Maturity ETF</t>
+  </si>
+  <si>
+    <t>OPER</t>
+  </si>
+  <si>
+    <t>26922A453</t>
+  </si>
+  <si>
+    <t>20,000</t>
+  </si>
+  <si>
+    <t>2,001,200.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.33 </t>
+  </si>
+  <si>
+    <t>SPY US 03/31/26 P660</t>
+  </si>
+  <si>
+    <t>SPY   260331P00660000</t>
+  </si>
+  <si>
+    <t>1,600</t>
+  </si>
+  <si>
+    <t>1,259,200.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.00 </t>
+  </si>
+  <si>
+    <t>Dreyfus Government Cash Management 12/31/2031</t>
+  </si>
+  <si>
+    <t>DGCXX</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.06 </t>
   </si>
   <si>
     <t>Cash &amp; Other</t>
   </si>
   <si>
     <t>Cash&amp;Other</t>
   </si>
   <si>
-    <t>10,867,689</t>
-[...44 lines deleted...]
-    <t>DGCXX</t>
+    <t>-227,423</t>
+  </si>
+  <si>
+    <t>-227,422.87</t>
   </si>
   <si>
     <t xml:space="preserve">-0.15 </t>
   </si>
   <si>
-    <t>SPY US 03/31/26 P615</t>
-[...11 lines deleted...]
-    <t xml:space="preserve">-1.98 </t>
+    <t>SPY US 03/31/26 P620</t>
+  </si>
+  <si>
+    <t>SPY   260331P00620000</t>
+  </si>
+  <si>
+    <t>-1,600</t>
+  </si>
+  <si>
+    <t>-559,200.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.68 </t>
   </si>
   <si>
     <t>IVV US 03/20/26 C680</t>
   </si>
   <si>
     <t>IVV   260320C00680000</t>
   </si>
   <si>
-    <t>-2,350</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">-2.24 </t>
+    <t>-2,550</t>
+  </si>
+  <si>
+    <t>-6,336,750.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.77 </t>
   </si>
   <si>
     <t>SPY US 03/31/26 C680</t>
   </si>
   <si>
     <t>SPY   260331C00680000</t>
   </si>
   <si>
     <t>-2,750</t>
   </si>
   <si>
-    <t>-8,254,125.00</t>
+    <t>-6,657,750.00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -651,117 +651,117 @@
       </c>
       <c r="C6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>26</v>
       </c>
       <c r="D7" s="2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E7" s="2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>32</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>33</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>36</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="D9" s="2" t="s">
-[...6 lines deleted...]
-        <v>39</v>
+      <c r="D9" s="2">
+        <v>262006208</v>
+      </c>
+      <c r="E9" s="2">
+        <v>741</v>
+      </c>
+      <c r="F9" s="2">
+        <v>741.38</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="B10" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="C10" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="B10" s="2" t="s">
+      <c r="D10" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="E10" s="2" t="s">
         <v>41</v>
       </c>
-      <c r="C10" s="2" t="s">
+      <c r="F10" s="2" t="s">
         <v>42</v>
-      </c>
-[...7 lines deleted...]
-        <v>1.34</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="2" t="s">
         <v>43</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>44</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>45</v>
       </c>
       <c r="E11" s="2" t="s">
         <v>46</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="2" t="s">
         <v>48</v>