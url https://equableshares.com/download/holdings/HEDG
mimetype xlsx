--- v4 (2026-02-04)
+++ v5 (2026-02-25)
@@ -12,224 +12,230 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>HEDG</t>
   </si>
   <si>
     <t>% Of Net Assets</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Ticker</t>
   </si>
   <si>
     <t>CUSIP</t>
   </si>
   <si>
     <t>Share Held</t>
   </si>
   <si>
     <t>Market Value</t>
   </si>
   <si>
-    <t xml:space="preserve">50.32 </t>
+    <t xml:space="preserve">49.33 </t>
   </si>
   <si>
     <t>State Street SPDR S&amp;P 500 ETF Trust</t>
   </si>
   <si>
     <t>SPY</t>
   </si>
   <si>
     <t>78462F103</t>
   </si>
   <si>
-    <t>275,000</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">46.87 </t>
+    <t>270,000</t>
+  </si>
+  <si>
+    <t>185,584,500.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">48.64 </t>
   </si>
   <si>
     <t>iShares Core S&amp;P 500 ETF</t>
   </si>
   <si>
     <t>IVV</t>
   </si>
   <si>
-    <t>255,000</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">5.59 </t>
+    <t>265,000</t>
+  </si>
+  <si>
+    <t>182,985,150.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3.01 </t>
   </si>
   <si>
     <t>U.S. Bank Money Market Deposit Account 08/01/2031</t>
   </si>
   <si>
     <t>USBFS04</t>
   </si>
   <si>
     <t>8AMMF0A92</t>
   </si>
   <si>
-    <t>21,081,603</t>
-[...2 lines deleted...]
-    <t>21,081,602.71</t>
+    <t>11,308,642</t>
+  </si>
+  <si>
+    <t>11,308,641.50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.00 </t>
+  </si>
+  <si>
+    <t>Cash &amp; Other</t>
+  </si>
+  <si>
+    <t>Cash&amp;Other</t>
+  </si>
+  <si>
+    <t>3,755,206</t>
+  </si>
+  <si>
+    <t>3,755,205.60</t>
   </si>
   <si>
     <t xml:space="preserve">0.53 </t>
   </si>
   <si>
     <t>Clearshares Ultra-Short Maturity ETF</t>
   </si>
   <si>
     <t>OPER</t>
   </si>
   <si>
     <t>26922A453</t>
   </si>
   <si>
     <t>20,000</t>
   </si>
   <si>
-    <t>2,001,200.00</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">0.33 </t>
+    <t>2,006,000.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.27 </t>
   </si>
   <si>
     <t>SPY US 03/31/26 P660</t>
   </si>
   <si>
     <t>SPY   260331P00660000</t>
   </si>
   <si>
     <t>1,600</t>
   </si>
   <si>
-    <t>1,259,200.00</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">0.00 </t>
+    <t>1,032,800.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.02 </t>
   </si>
   <si>
     <t>Dreyfus Government Cash Management 12/31/2031</t>
   </si>
   <si>
     <t>DGCXX</t>
   </si>
   <si>
-    <t xml:space="preserve">-0.06 </t>
-[...14 lines deleted...]
-    <t xml:space="preserve">-0.15 </t>
+    <t>90,816</t>
+  </si>
+  <si>
+    <t>90,815.73</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.10 </t>
   </si>
   <si>
     <t>SPY US 03/31/26 P620</t>
   </si>
   <si>
     <t>SPY   260331P00620000</t>
   </si>
   <si>
     <t>-1,600</t>
   </si>
   <si>
-    <t>-559,200.00</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">-1.68 </t>
+    <t>-382,400.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.35 </t>
   </si>
   <si>
     <t>IVV US 03/20/26 C680</t>
   </si>
   <si>
     <t>IVV   260320C00680000</t>
   </si>
   <si>
-    <t>-2,550</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">-1.77 </t>
+    <t>-2,650</t>
+  </si>
+  <si>
+    <t>-5,061,500.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.36 </t>
   </si>
   <si>
     <t>SPY US 03/31/26 C680</t>
   </si>
   <si>
     <t>SPY   260331C00680000</t>
   </si>
   <si>
-    <t>-2,750</t>
-[...2 lines deleted...]
-    <t>-6,657,750.00</t>
+    <t>-2,700</t>
+  </si>
+  <si>
+    <t>-5,101,650.00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -651,177 +657,177 @@
       </c>
       <c r="C6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>26</v>
       </c>
       <c r="D7" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E7" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="E7" s="2" t="s">
+      <c r="F7" s="2" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="B8" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="B8" s="2" t="s">
+      <c r="C8" s="2" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>32</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>33</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>36</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="D9" s="2">
-[...6 lines deleted...]
-        <v>741.38</v>
+      <c r="D9" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="E9" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="F9" s="2" t="s">
+        <v>39</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="2" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>40</v>
+        <v>42</v>
+      </c>
+      <c r="D10" s="2">
+        <v>262006208</v>
       </c>
       <c r="E10" s="2" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="2" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="D11" s="2" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="E11" s="2" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="2" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="D12" s="2" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="E12" s="2" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="2" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="D13" s="2" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="E13" s="2" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>