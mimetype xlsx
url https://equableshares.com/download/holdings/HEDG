--- v5 (2026-02-25)
+++ v6 (2026-03-17)
@@ -12,230 +12,215 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>HEDG</t>
   </si>
   <si>
     <t>% Of Net Assets</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Ticker</t>
   </si>
   <si>
     <t>CUSIP</t>
   </si>
   <si>
     <t>Share Held</t>
   </si>
   <si>
     <t>Market Value</t>
   </si>
   <si>
-    <t xml:space="preserve">49.33 </t>
+    <t xml:space="preserve">48.72 </t>
+  </si>
+  <si>
+    <t>iShares Core S&amp;P 500 ETF</t>
+  </si>
+  <si>
+    <t>IVV</t>
+  </si>
+  <si>
+    <t>275,000</t>
+  </si>
+  <si>
+    <t>184,111,512.20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">47.80 </t>
   </si>
   <si>
     <t>State Street SPDR S&amp;P 500 ETF Trust</t>
   </si>
   <si>
     <t>SPY</t>
   </si>
   <si>
     <t>78462F103</t>
   </si>
   <si>
     <t>270,000</t>
   </si>
   <si>
-    <t>185,584,500.00</t>
-[...17 lines deleted...]
-    <t xml:space="preserve">3.01 </t>
+    <t>180,638,100.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2.84 </t>
   </si>
   <si>
     <t>U.S. Bank Money Market Deposit Account 08/01/2031</t>
   </si>
   <si>
     <t>USBFS04</t>
   </si>
   <si>
     <t>8AMMF0A92</t>
   </si>
   <si>
-    <t>11,308,642</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">1.00 </t>
+    <t>10,748,367</t>
+  </si>
+  <si>
+    <t>10,748,366.97</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.95 </t>
+  </si>
+  <si>
+    <t>SPY US 06/30/26 P660</t>
+  </si>
+  <si>
+    <t>SPY   260630P00660000</t>
+  </si>
+  <si>
+    <t>1,600</t>
+  </si>
+  <si>
+    <t>3,604,000.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.53 </t>
+  </si>
+  <si>
+    <t>Clearshares Ultra-Short Maturity ETF</t>
+  </si>
+  <si>
+    <t>OPER</t>
+  </si>
+  <si>
+    <t>26922A453</t>
+  </si>
+  <si>
+    <t>20,000</t>
+  </si>
+  <si>
+    <t>2,004,300.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.21 </t>
   </si>
   <si>
     <t>Cash &amp; Other</t>
   </si>
   <si>
     <t>Cash&amp;Other</t>
   </si>
   <si>
-    <t>3,755,206</t>
-[...59 lines deleted...]
-    <t>SPY   260331P00620000</t>
+    <t>787,994</t>
+  </si>
+  <si>
+    <t>787,994.21</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.15 </t>
+  </si>
+  <si>
+    <t>IVV US 03/20/26 C680</t>
+  </si>
+  <si>
+    <t>IVV   260320C00680000</t>
+  </si>
+  <si>
+    <t>-2,750</t>
+  </si>
+  <si>
+    <t>-563,750.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.36 </t>
+  </si>
+  <si>
+    <t>SPY US 03/31/26 C680</t>
+  </si>
+  <si>
+    <t>SPY   260331C00680000</t>
+  </si>
+  <si>
+    <t>-2,700</t>
+  </si>
+  <si>
+    <t>-1,344,600.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.55 </t>
+  </si>
+  <si>
+    <t>SPY US 06/30/26 P620</t>
+  </si>
+  <si>
+    <t>SPY   260630P00620000</t>
   </si>
   <si>
     <t>-1,600</t>
   </si>
   <si>
-    <t>-382,400.00</t>
-[...29 lines deleted...]
-    <t>-5,101,650.00</t>
+    <t>-2,088,800.00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -545,123 +530,123 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F13"/>
+  <dimension ref="A1:F12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A3" sqref="A3:F13"/>
+      <selection activeCell="A3" sqref="A3:F12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="2" t="s">
         <v>7</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="D4" s="2" t="s">
+      <c r="D4" s="2">
+        <v>464287200</v>
+      </c>
+      <c r="E4" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="E4" s="2" t="s">
+      <c r="F4" s="2" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="B5" s="2" t="s">
+      <c r="C5" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="C5" s="2" t="s">
+      <c r="D5" s="2" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>464287200</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>16</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="2" t="s">
@@ -716,118 +701,98 @@
         <v>36</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>37</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="2" t="s">
         <v>40</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>41</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>42</v>
       </c>
-      <c r="D10" s="2">
-        <v>262006208</v>
+      <c r="D10" s="2" t="s">
+        <v>42</v>
       </c>
       <c r="E10" s="2" t="s">
         <v>43</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="2" t="s">
         <v>45</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>46</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>47</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>47</v>
       </c>
       <c r="E11" s="2" t="s">
         <v>48</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="2" t="s">
         <v>50</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>51</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>52</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>52</v>
       </c>
       <c r="E12" s="2" t="s">
         <v>53</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>54</v>
-      </c>
-[...18 lines deleted...]
-        <v>59</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>